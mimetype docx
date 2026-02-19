--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -1903,63 +1903,51 @@
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031374D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Amtliche Mitteilungen II Nr. 1 vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...11 lines deleted...]
-        <w:t>7</w:t>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="0031374D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>.02.202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
@@ -2121,92 +2109,998 @@
       </w:pPr>
       <w:r w:rsidRPr="00B41C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">konsekutiven Joint-Degree-Masterstudiengang „Matter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B41C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B41C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Life“ der Georg-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2094F9EE" w14:textId="4D2CBC3E" w:rsidR="008614DD" w:rsidRPr="000D3ABC" w:rsidRDefault="00B41C67" w:rsidP="00B41C67">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2094F9EE" w14:textId="4D2CBC3E" w:rsidR="008614DD" w:rsidRDefault="00B41C67" w:rsidP="00B41C67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">August Universität Göttingen und der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B41C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ruprecht-Karls-Universität</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B41C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Heidelberg</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41C67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008614DD" w:rsidRPr="000D3ABC">
+    <w:p w14:paraId="60B62EE1" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="00B41C67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F23AA5" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="00B41C67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EA3AC1" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="00B41C67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68DF771A" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="00B41C67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C9F1D1A" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="00B41C67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7782667C" w14:textId="1B78FA6D" w:rsidR="006A2EC7" w:rsidRPr="0031374D" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031374D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amtliche Mitteilungen II Nr. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031374D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031374D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.02.202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A29CCE" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="0031374D" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59666B1E" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="0031374D" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031374D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49284766" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="0031374D" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031374D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0031374D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2947E44E" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="0031374D" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05AA442F" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Fakultät für Agrarwissenschaften:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70067A31" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438A8FB4" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Studiengang „Agrarwissenschaften“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>71</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B7C76E" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666A9509" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E45E73" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „Agrarwissenschaften“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>243</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510835FF" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="430C57C5" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8FFC21" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Crop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Protection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>486</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC8567A" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39AA7404" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B31944B" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Integrated Plant and Animal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Breeding“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>542</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1812EF18" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="296B2A23" w14:textId="77777777" w:rsidR="006A2EC7" w:rsidRPr="006A2EC7" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6B9D67" w14:textId="0F3C3FF5" w:rsidR="006A2EC7" w:rsidRPr="000D3ABC" w:rsidRDefault="006A2EC7" w:rsidP="006A2EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „Pferdewissenschaften“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A2EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>600</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006A2EC7" w:rsidRPr="000D3ABC">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="62EE4C03" w14:textId="77777777" w:rsidR="00FD55D8" w:rsidRDefault="00FD55D8" w:rsidP="000108FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2659,56 +3553,65 @@
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5CBDDD14" w14:textId="77777777" w:rsidR="00FD55D8" w:rsidRPr="004B3088" w:rsidRDefault="00FD55D8">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00866DFC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Amtliche Mitteilungen I der Georg-August-Universität Göttingen vom </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>xx..2013</w:t>
+      <w:t>xx..</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>2013</w:t>
     </w:r>
     <w:r w:rsidRPr="0003516B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">/Nr. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>xx</w:t>
     </w:r>
     <w:r w:rsidRPr="0003516B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>Seite</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -2717,51 +3620,51 @@
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2AA03358" w14:textId="77777777" w:rsidR="00FD55D8" w:rsidRPr="002B4B33" w:rsidRDefault="00FD55D8">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="115"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0041638E"/>
     <w:rsid w:val="000007E0"/>
     <w:rsid w:val="00005538"/>
     <w:rsid w:val="000108FE"/>
     <w:rsid w:val="000130AA"/>
@@ -2943,80 +3846,82 @@
     <w:rsid w:val="005C47C4"/>
     <w:rsid w:val="005C6529"/>
     <w:rsid w:val="005D2807"/>
     <w:rsid w:val="005D3C5D"/>
     <w:rsid w:val="005D54AC"/>
     <w:rsid w:val="005D6F90"/>
     <w:rsid w:val="005E2E3E"/>
     <w:rsid w:val="005E3628"/>
     <w:rsid w:val="005E593B"/>
     <w:rsid w:val="005F2917"/>
     <w:rsid w:val="0060077D"/>
     <w:rsid w:val="00613AAD"/>
     <w:rsid w:val="00614428"/>
     <w:rsid w:val="00644FF7"/>
     <w:rsid w:val="00656160"/>
     <w:rsid w:val="00660CB9"/>
     <w:rsid w:val="00664ADE"/>
     <w:rsid w:val="0066674B"/>
     <w:rsid w:val="0066679D"/>
     <w:rsid w:val="006715F7"/>
     <w:rsid w:val="00676A11"/>
     <w:rsid w:val="006916F2"/>
     <w:rsid w:val="00693799"/>
     <w:rsid w:val="006974D8"/>
     <w:rsid w:val="006A2AE1"/>
+    <w:rsid w:val="006A2EC7"/>
     <w:rsid w:val="006A35AF"/>
     <w:rsid w:val="006B1A3B"/>
     <w:rsid w:val="006B61D8"/>
     <w:rsid w:val="006C7EFD"/>
     <w:rsid w:val="006E1451"/>
     <w:rsid w:val="006E392C"/>
     <w:rsid w:val="006E6261"/>
     <w:rsid w:val="006F418A"/>
     <w:rsid w:val="00722551"/>
     <w:rsid w:val="0072739C"/>
     <w:rsid w:val="007275A0"/>
     <w:rsid w:val="00733515"/>
     <w:rsid w:val="00750940"/>
     <w:rsid w:val="00750AF9"/>
     <w:rsid w:val="0075160E"/>
     <w:rsid w:val="00754B0D"/>
     <w:rsid w:val="007559C9"/>
     <w:rsid w:val="0075644E"/>
     <w:rsid w:val="0076256D"/>
     <w:rsid w:val="00764A20"/>
     <w:rsid w:val="007655A6"/>
     <w:rsid w:val="00765F08"/>
     <w:rsid w:val="007676F5"/>
     <w:rsid w:val="00770865"/>
     <w:rsid w:val="0077699A"/>
     <w:rsid w:val="0078169C"/>
     <w:rsid w:val="0079587F"/>
     <w:rsid w:val="00796126"/>
     <w:rsid w:val="007A1A2A"/>
     <w:rsid w:val="007B324E"/>
+    <w:rsid w:val="007B4D2C"/>
     <w:rsid w:val="007B4D9A"/>
     <w:rsid w:val="007C5C80"/>
     <w:rsid w:val="007D1EF1"/>
     <w:rsid w:val="007E1D14"/>
     <w:rsid w:val="007E6CAA"/>
     <w:rsid w:val="007F2BC7"/>
     <w:rsid w:val="007F5FF9"/>
     <w:rsid w:val="007F701D"/>
     <w:rsid w:val="007F7FDC"/>
     <w:rsid w:val="00804520"/>
     <w:rsid w:val="008130B3"/>
     <w:rsid w:val="008173BE"/>
     <w:rsid w:val="00827604"/>
     <w:rsid w:val="00830A3A"/>
     <w:rsid w:val="0083774E"/>
     <w:rsid w:val="008434EC"/>
     <w:rsid w:val="00843AF1"/>
     <w:rsid w:val="00860262"/>
     <w:rsid w:val="008614DD"/>
     <w:rsid w:val="008704A7"/>
     <w:rsid w:val="00876F5E"/>
     <w:rsid w:val="00882384"/>
     <w:rsid w:val="00883AEA"/>
     <w:rsid w:val="00887739"/>
     <w:rsid w:val="00890F28"/>
@@ -4344,69 +5249,69 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A66A999-F7CD-4C08-9325-B034BC87A38D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>307</Words>
-  <Characters>1941</Characters>
+  <Words>407</Words>
+  <Characters>2567</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georg-August-Universität Göttingen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2244</CharactersWithSpaces>
+  <CharactersWithSpaces>2969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lohde, Dorothee (ZVW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>